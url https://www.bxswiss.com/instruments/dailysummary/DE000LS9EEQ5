--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfead18848c634992" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea0f3ea3dd62429a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb5a70c4cefc475f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R674c7379a9124892"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf77ee19584847c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb5a70c4cefc475f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60895704bab84a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R674c7379a9124892" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Augmented- und Virtual-Reality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.548,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.549,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.526,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.532,156</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.497,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.506,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.494,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.502,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.509,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.511,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.505,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.508,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.499,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.509,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.491,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.509,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.509,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.511,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.501,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.504,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.507,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.509,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.503,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.509,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.520,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.528,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.514,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.517,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.513,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.523,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.513,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.517,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.515,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.525,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.512,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.523,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.518,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.521,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.502,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.507,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.508,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.512,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.502,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.511,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>