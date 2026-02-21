--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea0f3ea3dd62429a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racfd836779dc4dd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R674c7379a9124892"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6547829664764486"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60895704bab84a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R674c7379a9124892" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a39c4c1d6eb4437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6547829664764486" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Augmented- und Virtual-Reality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>2.511,974</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.462,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.462,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.450,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.457,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.454,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.470,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.443,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.465,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.470,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.472,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.466,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.471,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.467,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.483,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.464,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.480,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.455,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.461,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.446,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.457,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.466,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.466,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.439,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.451,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.458,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.468,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.456,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.461,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.453,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.455,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.420,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.427,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.435,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.446,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.432,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.439,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.425,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.446,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.425,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.445,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.436,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.438,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.399,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.400,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.402,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.403,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.394,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.395,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.391,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.394,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.362,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.373,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.379,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.398,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.379,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.397,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.400,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.409,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.385,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.408,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.406,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.407,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.391,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.402,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.396,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.420,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.393,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.409,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.405,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.407,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.377,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.377,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.382,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.383,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.363,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.370,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.372,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.376,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.368,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.369,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.365,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.379,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.358,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.375,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.388,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.391,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.379,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.390,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.387,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.388,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.380,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.386,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.383,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.392,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.379,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.387,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>