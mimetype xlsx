--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racfd836779dc4dd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfff45b2e4aac488b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6547829664764486"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c2e079678d3423a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a39c4c1d6eb4437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6547829664764486" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf244b769acd34652" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c2e079678d3423a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Augmented- und Virtual-Reality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.406,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.407,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.391,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.402,038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.383,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.392,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.379,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.387,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.388,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.401,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.383,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.386,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.386,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.392,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.373,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.389,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.393,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.406,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.393,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.405,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.407,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.417,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.381,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.392,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.388,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.390,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.351,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.357,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.328,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.378,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.327,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.372,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.367,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.368,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.355,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.362,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.360,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.383,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.359,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.379,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.369,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.378,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.367,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.371,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.376,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.377,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.354,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.359,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.332,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.354,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.331,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.353,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.372,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.381,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.363,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.380,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.374,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.384,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.368,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.374,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.379,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.379,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.370,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.376,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.375,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.385,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.367,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.369,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>