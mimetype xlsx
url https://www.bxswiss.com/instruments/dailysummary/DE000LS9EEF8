--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10ba2902c3284dcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R944b775edb8a42a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12961ca512a042a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd40f998590bc40ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84275f8a8d884226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12961ca512a042a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb01fcb5becd418c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd40f998590bc40ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sensorik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,551</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>