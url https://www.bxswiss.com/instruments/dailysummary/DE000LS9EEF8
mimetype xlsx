--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R944b775edb8a42a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd478c5419f448d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd40f998590bc40ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R306089b05d1f4d1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb01fcb5becd418c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd40f998590bc40ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb91a63848f914c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R306089b05d1f4d1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sensorik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>179,926</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>