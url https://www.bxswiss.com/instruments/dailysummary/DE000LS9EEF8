--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd478c5419f448d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R321a0f2155264fe3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R306089b05d1f4d1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R720b6992f6a44d6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb91a63848f914c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R306089b05d1f4d1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71924924eac74b0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R720b6992f6a44d6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sensorik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>