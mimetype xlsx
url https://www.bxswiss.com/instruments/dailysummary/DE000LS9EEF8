--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R321a0f2155264fe3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66d3f76658cb4f8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R720b6992f6a44d6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5630147ff7724f14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71924924eac74b0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R720b6992f6a44d6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75efb26f65224e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5630147ff7724f14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sensorik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,159</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>