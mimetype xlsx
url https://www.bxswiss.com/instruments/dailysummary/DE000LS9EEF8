--- v4 (2026-01-12)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66d3f76658cb4f8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R741a6a12905a4fb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5630147ff7724f14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe9850ff4a794acd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75efb26f65224e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5630147ff7724f14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99cf8ba441334c6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe9850ff4a794acd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sensorik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>210,409</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>