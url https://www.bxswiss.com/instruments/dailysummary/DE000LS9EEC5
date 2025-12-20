--- v0 (2025-11-13)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4878e7b190eb43f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R948689f210c7425b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R052a34bd65fe45ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R045323e9a3694d79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd395bdeeb6124a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R052a34bd65fe45ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16f2a0389a664abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R045323e9a3694d79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>APOLLO 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...171 lines deleted...]
-          <x:t>163,409</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>163,307</x:t>
-[...458 lines deleted...]
-          <x:t>164,378</x:t>
+          <x:t>162,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>