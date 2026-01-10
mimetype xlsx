--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R948689f210c7425b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda905b2bcb36411c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R045323e9a3694d79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b48b6588a514fea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16f2a0389a664abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R045323e9a3694d79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2de7bde295874129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b48b6588a514fea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>APOLLO 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,681</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>