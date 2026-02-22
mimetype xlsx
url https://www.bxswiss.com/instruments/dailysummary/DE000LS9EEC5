--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda905b2bcb36411c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf02b72aa321a4f34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b48b6588a514fea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cb0778079ae4c97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2de7bde295874129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b48b6588a514fea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e910307e7b148bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cb0778079ae4c97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>APOLLO 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>168,972</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>