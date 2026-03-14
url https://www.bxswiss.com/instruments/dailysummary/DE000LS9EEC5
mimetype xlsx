--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf02b72aa321a4f34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb97c25b02471440f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cb0778079ae4c97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22a39ffadcf24887"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e910307e7b148bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cb0778079ae4c97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08c1edbf4a5f412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22a39ffadcf24887" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>APOLLO 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EEC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,997</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>