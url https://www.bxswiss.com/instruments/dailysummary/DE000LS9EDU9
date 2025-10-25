--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc90724fe68c4dfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c511ed813014a21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9f7b5087fe04bbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68571348f787482a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6b4ff03b14e41ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9f7b5087fe04bbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94cfc57e3f59455d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68571348f787482a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VANMOE - Wachstum durch Substanz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>241,665</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,401</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>247,956</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>