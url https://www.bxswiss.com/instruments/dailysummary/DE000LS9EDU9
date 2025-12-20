--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c511ed813014a21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86cd7b221a2247c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68571348f787482a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf88109e4efb4ea8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94cfc57e3f59455d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68571348f787482a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9cff7585f804dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf88109e4efb4ea8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VANMOE - Wachstum durch Substanz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>244,010</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>