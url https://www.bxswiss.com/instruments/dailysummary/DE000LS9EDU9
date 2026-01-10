--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86cd7b221a2247c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9866d96fb1014184" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf88109e4efb4ea8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24f52cc7aaaf46e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9cff7585f804dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf88109e4efb4ea8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7275d98dd3a4fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24f52cc7aaaf46e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VANMOE - Wachstum durch Substanz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,977</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>