--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9866d96fb1014184" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R915f6a7307e84f61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24f52cc7aaaf46e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0444f6e32ba4afd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7275d98dd3a4fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24f52cc7aaaf46e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cc37b2ff61049a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0444f6e32ba4afd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VANMOE - Wachstum durch Substanz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>263,977</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>