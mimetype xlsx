--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R915f6a7307e84f61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c9162272bfa4ec3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0444f6e32ba4afd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63e773ba64fd4d7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cc37b2ff61049a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0444f6e32ba4afd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7353b9a5fc8f4b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63e773ba64fd4d7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VANMOE - Wachstum durch Substanz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,959</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,137</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>