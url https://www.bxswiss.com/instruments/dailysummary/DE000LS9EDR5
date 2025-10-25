--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f8cc74bfbbb4c94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R693a57639a6f48c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1136a495206c4168"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57898d06ad0c4620"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb27cad4d1d146d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1136a495206c4168" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd79be3341ac443a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57898d06ad0c4620" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Elektroauto Produzenten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>474,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>476,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>474,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>476,575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>480,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>480,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>476,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>476,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>