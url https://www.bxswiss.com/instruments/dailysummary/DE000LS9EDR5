--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R693a57639a6f48c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46fdba35699f40f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57898d06ad0c4620"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99bab68006bf4483"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd79be3341ac443a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57898d06ad0c4620" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb05c1dfbdd3e4408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99bab68006bf4483" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Elektroauto Produzenten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>475,722</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>469,148</x:t>
-[...269 lines deleted...]
-          <x:t>467,302</x:t>
+          <x:t>469,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>