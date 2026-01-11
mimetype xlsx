--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46fdba35699f40f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff6e05b2625040e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99bab68006bf4483"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3da5eeeb0d14e17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb05c1dfbdd3e4408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99bab68006bf4483" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5943165b33f24898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3da5eeeb0d14e17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Elektroauto Produzenten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>458,981</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>461,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>458,620</x:t>
-[...26 lines deleted...]
-          <x:t>459,642</x:t>
+          <x:t>462,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>460,443</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>463,914</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>