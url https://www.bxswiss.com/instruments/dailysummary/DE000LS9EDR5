--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff6e05b2625040e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2af1eee86ee454b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3da5eeeb0d14e17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aeefa19aee5400b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5943165b33f24898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3da5eeeb0d14e17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54374e1f9c634215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aeefa19aee5400b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Elektroauto Produzenten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...419 lines deleted...]
-          <x:t>458,712</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>459,996</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...19 lines deleted...]
-          <x:t>460,891</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>