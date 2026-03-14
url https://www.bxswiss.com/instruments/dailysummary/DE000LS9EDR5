--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2af1eee86ee454b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14f511267db14ff2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aeefa19aee5400b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02bd64bde1214413"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54374e1f9c634215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aeefa19aee5400b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3807e04f7a144462" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02bd64bde1214413" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Elektroauto Produzenten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>452,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>453,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>451,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>453,352</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>450,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>452,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>450,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>451,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,796</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>