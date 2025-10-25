--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac273eb139ef4fb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e9da615c014496d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5819a2e7bbe4895"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d9bc83b5f3842dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffc5169e92954756" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5819a2e7bbe4895" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7209394c48f4d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d9bc83b5f3842dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buffetology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,848</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>