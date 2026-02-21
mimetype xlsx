--- v1 (2025-10-25)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e9da615c014496d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raef58cf6038e4248" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d9bc83b5f3842dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec1105d6b891497e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7209394c48f4d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d9bc83b5f3842dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf374eb92e8754ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec1105d6b891497e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buffetology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>177,848</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,254</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>