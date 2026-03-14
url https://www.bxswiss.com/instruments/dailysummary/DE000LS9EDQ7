--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raef58cf6038e4248" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4477852a09f4ca8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec1105d6b891497e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R416bbd7de5f44bca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf374eb92e8754ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec1105d6b891497e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d81c631bcbe45fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R416bbd7de5f44bca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buffetology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>