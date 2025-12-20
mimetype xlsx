--- v0 (2025-10-26)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re36b4cd2ec574636" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27ec9990fef14669" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb13620122914a49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e6153bfd79c4137"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f9d5dee7f264ba6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb13620122914a49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41107551596540da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e6153bfd79c4137" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UmbertoBailoni_ValueLongterm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>28,012</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>