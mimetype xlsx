--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27ec9990fef14669" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d1127bab349418e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e6153bfd79c4137"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60aebd8e2f904413"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41107551596540da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e6153bfd79c4137" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fdb9af65f694398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60aebd8e2f904413" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UmbertoBailoni_ValueLongterm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>24,852</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,299</x:t>
-[...571 lines deleted...]
-          <x:t>25,457</x:t>
+          <x:t>24,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>