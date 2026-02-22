--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d1127bab349418e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R673166220a0c4e6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60aebd8e2f904413"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R329c41d52b6f4d11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fdb9af65f694398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60aebd8e2f904413" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd99af46352934d46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R329c41d52b6f4d11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UmbertoBailoni_ValueLongterm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>24,533</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>