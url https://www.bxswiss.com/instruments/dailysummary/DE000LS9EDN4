--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R673166220a0c4e6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd7dde5cf1844869" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R329c41d52b6f4d11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1020dc5a39545b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd99af46352934d46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R329c41d52b6f4d11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70a012f11e464634" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1020dc5a39545b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UmbertoBailoni_ValueLongterm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,556</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,50 +366,428 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,597</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>