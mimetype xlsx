--- v0 (2025-10-25)
+++ v1 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6eeb2537035b4ab2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8ebd84e09df4f93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6888bbedcb04f06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R743681043bed4b37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf90020779544017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6888bbedcb04f06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb607a04b9b5345bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R743681043bed4b37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Comeback der Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>135,500</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>