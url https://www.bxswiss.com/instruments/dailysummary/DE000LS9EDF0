--- v1 (2026-01-06)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8ebd84e09df4f93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23fb9a6c5c024f6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R743681043bed4b37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re60b914e90864eca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb607a04b9b5345bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R743681043bed4b37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re32eb03323434598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re60b914e90864eca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Comeback der Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>161,767</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>