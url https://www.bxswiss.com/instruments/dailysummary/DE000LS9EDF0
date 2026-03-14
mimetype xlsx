--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23fb9a6c5c024f6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R189b29d56ed64b54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re60b914e90864eca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b951a33b3b543f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re32eb03323434598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re60b914e90864eca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R623bf214d0b04bd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b951a33b3b543f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Comeback der Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,443 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>157,898</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,646</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>158,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,950</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,377</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>