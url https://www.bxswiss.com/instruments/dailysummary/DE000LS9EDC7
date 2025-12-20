--- v0 (2025-11-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf44f8a4fb2040a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91e2a048432d458e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0337cb60956d4f84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf263a5607e644c40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49f788c503ac46f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0337cb60956d4f84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f5db8f46617438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf263a5607e644c40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Giganten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>172,761</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>172,647</x:t>
-[...625 lines deleted...]
-          <x:t>170,951</x:t>
+          <x:t>172,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>