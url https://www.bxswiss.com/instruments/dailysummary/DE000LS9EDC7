--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91e2a048432d458e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6cfac6a04524095" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf263a5607e644c40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf7af8e1d7194bed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f5db8f46617438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf263a5607e644c40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8439f4ef2873452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf7af8e1d7194bed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Giganten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>171,571</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>171,511</x:t>
-[...598 lines deleted...]
-          <x:t>172,600</x:t>
+          <x:t>171,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>