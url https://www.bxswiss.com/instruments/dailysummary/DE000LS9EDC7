--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6cfac6a04524095" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2b22727fdca423d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf7af8e1d7194bed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcba61eb1367e4edc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8439f4ef2873452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf7af8e1d7194bed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b46c2ba60f34aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcba61eb1367e4edc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Giganten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>172,618</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>