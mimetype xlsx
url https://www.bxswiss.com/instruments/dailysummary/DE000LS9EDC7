--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2b22727fdca423d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e2832c89ab4642" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcba61eb1367e4edc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67ec70a48758440a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b46c2ba60f34aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcba61eb1367e4edc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d091190cf944fcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67ec70a48758440a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Giganten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EDC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...414 lines deleted...]
-          <x:t>169,662</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>169,422</x:t>
-[...188 lines deleted...]
-          <x:t>168,935</x:t>
+          <x:t>168,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>