--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74de4f9700354c49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b106c4b03ed45df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd648fe09bc241bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d15781f9fed4e62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b54681bc8904c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd648fe09bc241bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0912f64986d14847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d15781f9fed4e62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUCRUM - Value Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>345,129</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>