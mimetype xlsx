--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b106c4b03ed45df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdee6dc7c5cbd44ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d15781f9fed4e62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54dbdfc7a5e44d7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0912f64986d14847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d15781f9fed4e62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18db81f877d34199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54dbdfc7a5e44d7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUCRUM - Value Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>