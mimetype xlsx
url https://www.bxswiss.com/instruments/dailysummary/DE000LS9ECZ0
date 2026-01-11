--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdee6dc7c5cbd44ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9f5913237ff45e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54dbdfc7a5e44d7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79a274a0576c4c49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18db81f877d34199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54dbdfc7a5e44d7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8d17324b33848fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79a274a0576c4c49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUCRUM - Value Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>395,543</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>389,872</x:t>
-[...328 lines deleted...]
-          <x:t>379,346</x:t>
+          <x:t>400,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>