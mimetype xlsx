--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9f5913237ff45e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17726cd3b6ad403d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79a274a0576c4c49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58e52b85ba5941ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8d17324b33848fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79a274a0576c4c49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raadb40209d8d4353" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58e52b85ba5941ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUCRUM - Value Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>404,663</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,053</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>