--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17726cd3b6ad403d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8af800fadac45b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58e52b85ba5941ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84bebfd16393488d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raadb40209d8d4353" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58e52b85ba5941ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc907a29a1036451d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84bebfd16393488d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUCRUM - Value Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>