--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb557e5effec40e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09521f9e2a0d4497" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13ccaf5a00204815"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca306be28c6b4206"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7e666e22fc34e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13ccaf5a00204815" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9530d5af83a247b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca306be28c6b4206" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienempfehlungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>120,544</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>