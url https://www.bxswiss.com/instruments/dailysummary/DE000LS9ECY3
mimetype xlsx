--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09521f9e2a0d4497" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14af4969977e432a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca306be28c6b4206"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R174b7a3a97e6499d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9530d5af83a247b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca306be28c6b4206" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15040c2cd7294af9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R174b7a3a97e6499d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienempfehlungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,522</x:t>
@@ -791,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>