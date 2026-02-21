--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14af4969977e432a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37d1f88b491141b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R174b7a3a97e6499d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc87ef839b39d417e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15040c2cd7294af9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R174b7a3a97e6499d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6dd45712cf94e36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc87ef839b39d417e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienempfehlungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>124,626</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>