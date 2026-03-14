--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37d1f88b491141b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re975832eccb24428" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc87ef839b39d417e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95be52e5848246f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6dd45712cf94e36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc87ef839b39d417e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcedbfd5c87e34c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95be52e5848246f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienempfehlungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>