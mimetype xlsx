--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e96e009137846d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf983487fe3ac4510" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R893bf2113b634cf0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3859cb23c98d42dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4a9fb39ee724061" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R893bf2113b634cf0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf08a6b9752bf46cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3859cb23c98d42dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>- Global Food companies -</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>169,512</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>