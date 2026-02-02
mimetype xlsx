--- v1 (2026-01-11)
+++ v2 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf983487fe3ac4510" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36ccf80067634dde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3859cb23c98d42dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d1ecb3c60ac4664"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf08a6b9752bf46cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3859cb23c98d42dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4616cf163df4918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d1ecb3c60ac4664" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>- Global Food companies -</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>