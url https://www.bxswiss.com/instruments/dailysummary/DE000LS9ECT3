--- v2 (2026-02-02)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36ccf80067634dde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbd2d9cf1889427c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d1ecb3c60ac4664"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46b649f9ccd74509"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4616cf163df4918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d1ecb3c60ac4664" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cb671d1973841ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46b649f9ccd74509" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>- Global Food companies -</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>165,462</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>164,680</x:t>
-[...355 lines deleted...]
-          <x:t>159,915</x:t>
+          <x:t>166,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>