--- v3 (2026-02-23)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbd2d9cf1889427c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fbf3620dd1c40dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46b649f9ccd74509"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41764dbeeccf4034"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cb671d1973841ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46b649f9ccd74509" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc40344e2d614d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41764dbeeccf4034" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>- Global Food companies -</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>165,610</x:t>
-[...576 lines deleted...]
-          <x:t>166,685</x:t>
+          <x:t>165,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>