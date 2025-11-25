--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87a03bf279d44dad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a7615bfc0a54b2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd4ecdf5240f41bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16bfe2725e0a47f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8243c40f0e0460b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd4ecdf5240f41bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51207c8a62e24ed5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16bfe2725e0a47f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien aus Familienunternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>168,897</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,497</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>