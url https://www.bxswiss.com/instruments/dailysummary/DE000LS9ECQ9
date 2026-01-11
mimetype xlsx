--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a7615bfc0a54b2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4ca19a5d5574cde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16bfe2725e0a47f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1349fe09daa413b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51207c8a62e24ed5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16bfe2725e0a47f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e75030b1a0b4600" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1349fe09daa413b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien aus Familienunternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>154,497</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>