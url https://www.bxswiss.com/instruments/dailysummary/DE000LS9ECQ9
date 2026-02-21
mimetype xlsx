--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4ca19a5d5574cde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd318b1e55d60481b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1349fe09daa413b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1243e9bb95842ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e75030b1a0b4600" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1349fe09daa413b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51cbe9e0b0a3494a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1243e9bb95842ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien aus Familienunternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>173,748</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>