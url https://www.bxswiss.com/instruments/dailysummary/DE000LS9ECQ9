--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd318b1e55d60481b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda80a6f8ea6243e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1243e9bb95842ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3f7fe03a9db45e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51cbe9e0b0a3494a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1243e9bb95842ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b4be91f4e764fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3f7fe03a9db45e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien aus Familienunternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,518</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>