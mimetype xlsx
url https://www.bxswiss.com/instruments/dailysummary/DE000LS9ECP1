--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2892bcd5a2544bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5269d3763b2c40e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e21605ce277471e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5046eab162b4a95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90b678d55ac64a2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e21605ce277471e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec3770ed67dd485b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5046eab162b4a95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienrückkäufe von Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,456</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>