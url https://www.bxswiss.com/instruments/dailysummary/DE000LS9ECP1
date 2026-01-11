--- v1 (2025-11-02)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5269d3763b2c40e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1dbcfa2cef34370" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5046eab162b4a95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e0314c9351f4f26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec3770ed67dd485b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5046eab162b4a95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a1e2a9731124769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e0314c9351f4f26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienrückkäufe von Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>108,180</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>