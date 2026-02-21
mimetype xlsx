--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1dbcfa2cef34370" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R468f01b6842d4980" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e0314c9351f4f26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aaf1ea701104b68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a1e2a9731124769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e0314c9351f4f26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R199d6503beb9414b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aaf1ea701104b68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienrückkäufe von Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>99,948</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>