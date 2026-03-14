--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R468f01b6842d4980" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1616908030de4b63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aaf1ea701104b68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30470b3d52d741f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R199d6503beb9414b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aaf1ea701104b68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c08de986b0a466c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30470b3d52d741f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienrückkäufe von Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,521</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>