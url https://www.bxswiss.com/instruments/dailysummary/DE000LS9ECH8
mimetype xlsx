--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd0aa39b218b4481" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R950c8155aee74eb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68a03e7d799b4c88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc241c4b7c4b94bde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80a87046f0684ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68a03e7d799b4c88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd96db11b6aa5454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc241c4b7c4b94bde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Divident&amp;Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>678,126</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>828,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>816,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>839,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>828,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>826,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>826,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>826,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>834,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>