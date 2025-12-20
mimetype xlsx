--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R950c8155aee74eb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67fde5fbf7b84a8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc241c4b7c4b94bde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1c8e69230ec41db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd96db11b6aa5454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc241c4b7c4b94bde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb82e4ff635114983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1c8e69230ec41db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Divident&amp;Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>821,004</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>