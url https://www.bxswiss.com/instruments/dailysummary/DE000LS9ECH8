--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67fde5fbf7b84a8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc577c0f1c59f4ca1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1c8e69230ec41db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc3e06fccceb4ee5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb82e4ff635114983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1c8e69230ec41db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99a7792e503a4a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc3e06fccceb4ee5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Divident&amp;Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>812,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>815,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>800,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>808,397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>763,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>791,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>760,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>787,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>856,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>867,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,979</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>