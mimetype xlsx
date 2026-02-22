--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc577c0f1c59f4ca1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75a901dccc584fc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc3e06fccceb4ee5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96a232741b874358"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99a7792e503a4a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc3e06fccceb4ee5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5152dafe8c114caa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96a232741b874358" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Divident&amp;Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>869,979</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>945,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.007,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.007,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.010,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.012,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>975,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>998,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>973,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>997,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>966,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>983,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>959,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>928,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>948,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>941,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>971,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>988,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>966,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>984,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>999,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>999,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>975,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>991,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>964,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>920,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>990,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>911,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>989,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.004,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.010,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>963,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>974,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>950,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>925,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>900,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>900,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>892,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>917,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>923,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>867,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>900,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>