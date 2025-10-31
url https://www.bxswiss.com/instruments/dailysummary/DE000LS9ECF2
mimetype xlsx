--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R521702179d874779" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e7d249881594768" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd89980c1b4f046d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6539ed378b394489"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09682b2f3e8a4cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd89980c1b4f046d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb32649c60794485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6539ed378b394489" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EverGrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECF2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>