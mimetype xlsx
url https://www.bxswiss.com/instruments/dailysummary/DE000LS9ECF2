--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e7d249881594768" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c4fdcc6737e45ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6539ed378b394489"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cab503435a74223"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb32649c60794485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6539ed378b394489" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R710f275559854888" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cab503435a74223" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EverGrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECF2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,314</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,493</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>