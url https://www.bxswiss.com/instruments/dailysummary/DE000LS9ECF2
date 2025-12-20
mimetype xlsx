--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c4fdcc6737e45ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77e5ce88542142d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cab503435a74223"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50b2ad796dd64d96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R710f275559854888" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cab503435a74223" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb94931b787734976" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50b2ad796dd64d96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EverGrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECF2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,626</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>