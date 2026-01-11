--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77e5ce88542142d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f113e956ca404b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50b2ad796dd64d96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64f4770f4c9642c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb94931b787734976" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50b2ad796dd64d96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49cbacce91a8413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64f4770f4c9642c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EverGrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECF2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,534</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>