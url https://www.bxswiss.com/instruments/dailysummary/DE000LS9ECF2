--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f113e956ca404b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02075a35d13f4a4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64f4770f4c9642c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf030a97697334471"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49cbacce91a8413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64f4770f4c9642c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec2ce3cd1b0c424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf030a97697334471" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EverGrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ECF2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>221,048</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>