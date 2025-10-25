--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56826e66ad994872" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52489095cce648e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R402543d082f64c92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78fbb16b51094c12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea0d9883b6004cbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R402543d082f64c92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdb605dc123149f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78fbb16b51094c12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>