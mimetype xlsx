--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52489095cce648e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0e8074d52a34f22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78fbb16b51094c12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e60b4d927f24df8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdb605dc123149f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78fbb16b51094c12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2df57f82b3934f91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e60b4d927f24df8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>234,810</x:t>
-[...306 lines deleted...]
-          <x:t>232,686</x:t>
+          <x:t>232,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>