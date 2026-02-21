--- v2 (2025-12-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0e8074d52a34f22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc78f36d791da451a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e60b4d927f24df8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R240b21f0748842a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2df57f82b3934f91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e60b4d927f24df8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64509cab08674293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R240b21f0748842a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>231,577</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>231,148</x:t>
-[...512 lines deleted...]
-          <x:t>235,303</x:t>
+          <x:t>230,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>