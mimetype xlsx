--- v3 (2026-02-21)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc78f36d791da451a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20888fb49c1b4bf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R240b21f0748842a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cd78c3f7ee04e69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64509cab08674293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R240b21f0748842a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R199c09ef667b441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cd78c3f7ee04e69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,796</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>