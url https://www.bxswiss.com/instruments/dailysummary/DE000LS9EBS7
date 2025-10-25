--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re569bf545ecc4450" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bd9362485b34943" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R715e64d21b814e81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra80a078ad8ab4961"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1379e079bb6c4117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R715e64d21b814e81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75a5ab21f3754900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra80a078ad8ab4961" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>new wachstum  2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>965,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>968,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>956,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>959,225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>940,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>940,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>917,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>929,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>926,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>920,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>972,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>987,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>987,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>987,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>994,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>981,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>982,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>978,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>982,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>966,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>976,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>973,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>971,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>963,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>950,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>949,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>949,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>923,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>923,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>972,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>980,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>974,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>926,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>927,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>