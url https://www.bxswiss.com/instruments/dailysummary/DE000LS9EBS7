--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bd9362485b34943" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39c0f68ec4d8454a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra80a078ad8ab4961"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86093898483b4fa4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75a5ab21f3754900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra80a078ad8ab4961" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cff93c9b0b64bb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86093898483b4fa4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>new wachstum  2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>883,873</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>914,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>856,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>858,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>858,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>856,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>856,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>