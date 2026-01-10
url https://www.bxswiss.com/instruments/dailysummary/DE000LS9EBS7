--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39c0f68ec4d8454a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf44e261c73534899" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86093898483b4fa4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a40295000c646f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cff93c9b0b64bb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86093898483b4fa4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd525d41a6c174270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a40295000c646f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>new wachstum  2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>812,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>814,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>807,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>807,725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>787,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>794,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>783,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>793,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>766,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>