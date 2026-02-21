--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf44e261c73534899" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R223adbb665fd4ac7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a40295000c646f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe7aa56d0bb4437a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd525d41a6c174270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a40295000c646f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea31ccc61c574a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe7aa56d0bb4437a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>new wachstum  2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>767,585</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>