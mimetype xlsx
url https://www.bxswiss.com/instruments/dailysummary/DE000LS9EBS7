--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R223adbb665fd4ac7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ddf10217fd64e06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe7aa56d0bb4437a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa14cf4b2cc944da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea31ccc61c574a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe7aa56d0bb4437a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcae80fcbe5ae4120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa14cf4b2cc944da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>new wachstum  2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>704,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>712,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>703,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>707,128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>678,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>683,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>676,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>681,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,062</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>