--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd8a4b5a98004150" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0191a884b5345cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf1696ea1ba94bf3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06bb213bb9ae44c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba61ad49bc514882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf1696ea1ba94bf3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f405839098243cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06bb213bb9ae44c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Chances 1 Stock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>