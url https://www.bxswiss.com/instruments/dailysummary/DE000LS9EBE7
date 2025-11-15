--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0191a884b5345cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d2dc30112264092" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06bb213bb9ae44c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25669de8c8a841fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f405839098243cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06bb213bb9ae44c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe84ce17ccdc4ce1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25669de8c8a841fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Chances 1 Stock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,044</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>