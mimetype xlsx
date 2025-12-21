--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d2dc30112264092" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb56d793edf7e4e20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25669de8c8a841fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01805bbeb27f4389"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe84ce17ccdc4ce1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25669de8c8a841fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2d594a107e24971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01805bbeb27f4389" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Chances 1 Stock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>30,747</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>