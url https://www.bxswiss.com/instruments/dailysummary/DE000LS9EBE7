--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb56d793edf7e4e20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re92fce70b9df4a59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01805bbeb27f4389"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfcbb81678c54d57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2d594a107e24971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01805bbeb27f4389" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae80748a785942bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfcbb81678c54d57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Chances 1 Stock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,772</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>