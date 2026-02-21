--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re92fce70b9df4a59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c350f36fe9b4768" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfcbb81678c54d57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c94a123c8004e55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae80748a785942bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfcbb81678c54d57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R804b94aa619a41dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c94a123c8004e55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Chances 1 Stock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>36,220</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>