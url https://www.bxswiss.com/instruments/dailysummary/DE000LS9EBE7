--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c350f36fe9b4768" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ef3bb0747a14364" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c94a123c8004e55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ee4d41e2e904bcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R804b94aa619a41dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c94a123c8004e55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0b71e242bf24428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ee4d41e2e904bcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Chances 1 Stock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,903</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>