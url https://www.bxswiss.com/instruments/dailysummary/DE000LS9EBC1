--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fffa663b3b54073" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R983a032b1edc4570" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0695190cfe8547d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79e5d3b7c35d408b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fab6a10c7114ce2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0695190cfe8547d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d091e11a8c94011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79e5d3b7c35d408b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Player</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,922</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,830</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>