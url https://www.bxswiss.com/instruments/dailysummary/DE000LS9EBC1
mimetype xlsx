--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R983a032b1edc4570" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1774bc6031e04074" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79e5d3b7c35d408b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re04fc68dee874498"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d091e11a8c94011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79e5d3b7c35d408b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc30b97526a44978" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re04fc68dee874498" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Player</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,989</x:t>
-[...296 lines deleted...]
-          <x:t>104,706</x:t>
+          <x:t>103,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,787</x:t>
-[...269 lines deleted...]
-          <x:t>103,835</x:t>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>