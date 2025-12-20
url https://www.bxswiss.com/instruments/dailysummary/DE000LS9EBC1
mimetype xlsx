--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1774bc6031e04074" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb802ce357b048c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re04fc68dee874498"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89bf82bb73034970"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc30b97526a44978" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re04fc68dee874498" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R583b3f82076f43a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89bf82bb73034970" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Player</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...112 lines deleted...]
-          <x:t>103,236</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,313</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>102,972</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,282</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>