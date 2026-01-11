--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb802ce357b048c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4093112c2e1045c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89bf82bb73034970"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbebeab5f68854e5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R583b3f82076f43a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89bf82bb73034970" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5efa4d9f78944022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbebeab5f68854e5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Player</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,220</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>104,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>