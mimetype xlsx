--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4093112c2e1045c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8091c05e669b45de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbebeab5f68854e5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8531eb1d7e554f08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5efa4d9f78944022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbebeab5f68854e5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd09acd9aa89c4fff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8531eb1d7e554f08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Player</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EBC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,654</x:t>
-[...16 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>104,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,530</x:t>
-[...414 lines deleted...]
-          <x:t>105,175</x:t>
+          <x:t>103,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>