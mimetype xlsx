--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf839443f024649e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8142502b26f54272" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc20826e58b14ebe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4117a916c954ec9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0afbd201bed94b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc20826e58b14ebe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9c3cf236616450a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4117a916c954ec9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EAU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,584</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>