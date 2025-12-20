--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8142502b26f54272" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra22f220be60141de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4117a916c954ec9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c99fa0de23c46e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9c3cf236616450a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4117a916c954ec9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4e9356272eb48b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c99fa0de23c46e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EAU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>134,344</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,179</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>136,443</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,977</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>