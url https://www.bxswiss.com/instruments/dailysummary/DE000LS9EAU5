--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra22f220be60141de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R938affffa56c4e5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c99fa0de23c46e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16be5cbfdf074114"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4e9356272eb48b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c99fa0de23c46e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03635a84aa0846d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16be5cbfdf074114" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EAU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>136,073</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,702</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...617 lines deleted...]
-          <x:t>135,552</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>