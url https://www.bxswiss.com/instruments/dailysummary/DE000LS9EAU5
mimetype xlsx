--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R938affffa56c4e5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea74c1f72e764460" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16be5cbfdf074114"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb680c3960d6e4391"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03635a84aa0846d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16be5cbfdf074114" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fb8e96911344efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb680c3960d6e4391" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EAU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,760</x:t>
-[...225 lines deleted...]
-          <x:t>136,490</x:t>
+          <x:t>135,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,219</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>