--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea74c1f72e764460" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R296449a36ba54fec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb680c3960d6e4391"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb20a354f6e0f4087"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fb8e96911344efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb680c3960d6e4391" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f541f5bd3c44464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb20a354f6e0f4087" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EAU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>134,066</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,309</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>134,896</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,666</x:t>
-[...210 lines deleted...]
-          <x:t>133,943</x:t>
+          <x:t>134,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,124</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>134,219</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>