--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R348d63b10f4d4bb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ba146b23edd41e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raff7c65e2fd8465b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ee8b06406454990"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff897a82decf486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raff7c65e2fd8465b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05391cab60564be1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ee8b06406454990" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Aktien Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EAK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>143,760</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,377</x:t>
-[...620 lines deleted...]
-          <x:t>142,187</x:t>
+          <x:t>142,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>