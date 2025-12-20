--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ba146b23edd41e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9014c7070feb4631" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ee8b06406454990"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15ed587f4c6747bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05391cab60564be1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ee8b06406454990" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9120c4d7aef04773" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15ed587f4c6747bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Aktien Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EAK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>143,307</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>