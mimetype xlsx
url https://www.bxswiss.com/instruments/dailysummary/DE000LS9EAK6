--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9014c7070feb4631" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1cffb3736624773" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15ed587f4c6747bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9df907d5e4944891"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9120c4d7aef04773" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15ed587f4c6747bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R106aa795e64143ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9df907d5e4944891" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Aktien Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EAK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,253</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,197</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>