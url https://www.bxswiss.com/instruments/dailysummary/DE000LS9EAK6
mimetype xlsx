--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1cffb3736624773" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R333311521bb94b6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9df907d5e4944891"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc453e65ec8e949a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R106aa795e64143ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9df907d5e4944891" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13e62c069c8b4ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc453e65ec8e949a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Aktien Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EAK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>156,197</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,742</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>