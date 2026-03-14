--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R333311521bb94b6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14961f7b83fa4e0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc453e65ec8e949a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0954729785cc434e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13e62c069c8b4ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc453e65ec8e949a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d7ef3598edd470a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0954729785cc434e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Aktien Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EAK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,097</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,366</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>