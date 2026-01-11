--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2012d3cb3a55433e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec6d9355e5fa458a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25981f430026480b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5ac4ef828a1468e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8fe9ef203f243f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25981f430026480b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda0e78a18594523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5ac4ef828a1468e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden und Outperformance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DZM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>360,994</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>