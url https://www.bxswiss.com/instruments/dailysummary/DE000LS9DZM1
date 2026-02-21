--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec6d9355e5fa458a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0d7d91ce96e4f99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5ac4ef828a1468e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4602763e4a545af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda0e78a18594523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5ac4ef828a1468e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27d263a31b07466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4602763e4a545af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden und Outperformance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DZM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>370,548</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>