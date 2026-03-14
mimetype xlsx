--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0d7d91ce96e4f99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R031a1b56b5ec4556" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4602763e4a545af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe119aca7f7479f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27d263a31b07466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4602763e4a545af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4da42d107d6048dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe119aca7f7479f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden und Outperformance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DZM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,764</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>