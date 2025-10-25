--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R683b1b23fdb74b74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc0b0f69d97e4f0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ce92fdb0aa248cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb68bd26c3924458"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbfd47b86e28494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ce92fdb0aa248cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4c877ebe0c445d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb68bd26c3924458" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Formel Faktor 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DZG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.730,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.753,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.727,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.751,609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.779,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.783,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.738,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.749,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.762,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.783,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.758,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.774,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.763,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.769,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.742,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.760,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.770,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.770,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.744,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.761,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.719,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.702,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.709,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.690,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.718,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.707,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.624,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.680,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.718,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.733,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.709,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.719,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.724,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.738,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,934</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>