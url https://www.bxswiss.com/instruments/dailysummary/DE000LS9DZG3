--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc0b0f69d97e4f0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04607e4792ab44f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb68bd26c3924458"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb675636b997e4566"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4c877ebe0c445d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb68bd26c3924458" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b429b33339247a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb675636b997e4566" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Formel Faktor 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DZG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.731,934</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.571,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.614,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.568,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.635,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.614,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.617,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.568,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.517,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.542,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.615,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.558,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.574,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.645,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.677,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.679,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.690,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.696,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.681,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.702,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.674,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.722,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.719,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.738,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.753,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.741,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.741,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.745,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.724,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.757,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.747,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.749,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.725,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.733,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.718,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.709,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.740,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.681,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.690,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.755,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.719,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.754,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.753,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.780,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.715,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.710,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.752,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.755,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.760,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.738,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.753,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>