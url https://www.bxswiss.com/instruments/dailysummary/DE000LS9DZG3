--- v2 (2025-12-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04607e4792ab44f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R932a983bf84f48c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb675636b997e4566"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e3d5c997a3e4552"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b429b33339247a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb675636b997e4566" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb17a9cbe162e4613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e3d5c997a3e4552" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Formel Faktor 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DZG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.753,354</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.647,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.680,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.702,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.705,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.695,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.695,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.675,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.675,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.634,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.652,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.647,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.586,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.613,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.604,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.621,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.623,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.625,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.574,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.576,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.578,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.582,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.568,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.572,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.544,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.550,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.478,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.558,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.557,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.582,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.543,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.580,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.585,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.577,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.587,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.585,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.578,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.606,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.617,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.572,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.542,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.559,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.570,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.557,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.552,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.555,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.527,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.551,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.581,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.555,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.579,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.574,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.581,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.577,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.573,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.579,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.558,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.568,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>