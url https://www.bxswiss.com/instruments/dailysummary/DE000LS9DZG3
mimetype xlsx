--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R932a983bf84f48c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01e71027b5794a13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e3d5c997a3e4552"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6be80e227aa546c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb17a9cbe162e4613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e3d5c997a3e4552" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91ef0202561643fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6be80e227aa546c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Formel Faktor 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DZG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.585,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.596,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.577,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.587,785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.573,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.579,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.558,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.568,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.559,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.572,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.541,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.548,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.565,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.532,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.555,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.570,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.586,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.552,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.506,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.519,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.469,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.538,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.535,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.512,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.503,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.539,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.545,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.561,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.539,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.555,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.555,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.521,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.537,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.550,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.548,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.587,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.544,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.564,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.565,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.568,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.537,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.552,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.545,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.532,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.537,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>