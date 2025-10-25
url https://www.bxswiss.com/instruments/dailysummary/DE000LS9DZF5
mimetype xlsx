--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R202e36a4f1334314" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fd5c6cb1f654ccd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R144a71c883b94aac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8153d5f9dd234546"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc985ec9959eb4134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R144a71c883b94aac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdadd3950197e4554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8153d5f9dd234546" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hase und Igel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DZF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,887</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>