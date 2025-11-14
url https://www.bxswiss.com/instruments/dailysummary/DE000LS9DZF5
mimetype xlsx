--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fd5c6cb1f654ccd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfad5ea575f274f84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8153d5f9dd234546"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73f6b82b46754360"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdadd3950197e4554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8153d5f9dd234546" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree6b6c142e2944f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73f6b82b46754360" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hase und Igel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DZF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>320,366</x:t>
-[...387 lines deleted...]
-          <x:t>316,276</x:t>
+          <x:t>320,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>