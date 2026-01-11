--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfad5ea575f274f84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R345839b9eb384006" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73f6b82b46754360"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1658b915439543c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree6b6c142e2944f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73f6b82b46754360" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d86827e073a4d92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1658b915439543c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hase und Igel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DZF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>321,695</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>