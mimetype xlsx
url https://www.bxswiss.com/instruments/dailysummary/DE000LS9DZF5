--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R345839b9eb384006" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd8c1d38e84d400d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1658b915439543c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R175cfe81439c426c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d86827e073a4d92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1658b915439543c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd4fe5af03314e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R175cfe81439c426c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hase und Igel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DZF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>331,793</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>