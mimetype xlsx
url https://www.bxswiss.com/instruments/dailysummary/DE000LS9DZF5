--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd8c1d38e84d400d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda54149c16a34c6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R175cfe81439c426c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dcad488a9044f9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd4fe5af03314e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R175cfe81439c426c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb3528b1a94842dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dcad488a9044f9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hase und Igel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DZF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>