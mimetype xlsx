--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49e2dd6820784b25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R209b45f057854c85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e7cbf471bad405e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55f376d9210044ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R429d174d022046c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e7cbf471bad405e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R749ef30d508f4d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55f376d9210044ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>five-alive wireless</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DXK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,644</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>