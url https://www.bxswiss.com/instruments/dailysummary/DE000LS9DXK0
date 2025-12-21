--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R209b45f057854c85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R334a94dd6d4c4fed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55f376d9210044ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35f3db2b5c6b4b49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R749ef30d508f4d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55f376d9210044ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R966768dbbacb456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35f3db2b5c6b4b49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>five-alive wireless</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DXK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>209,803</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>