--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R334a94dd6d4c4fed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R974aa82e854c42b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35f3db2b5c6b4b49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb8f881d52414794"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R966768dbbacb456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35f3db2b5c6b4b49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd75e9f776cac4b7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb8f881d52414794" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>five-alive wireless</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DXK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,872</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>