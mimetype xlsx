--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R974aa82e854c42b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R977c76393c8e46df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb8f881d52414794"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d970a13a0c64058"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd75e9f776cac4b7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb8f881d52414794" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2841e7c0e4a747e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d970a13a0c64058" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>five-alive wireless</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DXK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>201,957</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>