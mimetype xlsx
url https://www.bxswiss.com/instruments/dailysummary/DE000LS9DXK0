--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R977c76393c8e46df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9333e8de0974fc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d970a13a0c64058"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf878544fd2b045c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2841e7c0e4a747e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d970a13a0c64058" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7d471e5d1204a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf878544fd2b045c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>five-alive wireless</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DXK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,435 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>