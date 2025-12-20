--- v0 (2025-11-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6042b4b6495b4def" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0b80faa72d14681" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc9c00c7797428d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86ef937b19ca48ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d40f0eb589f4965" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc9c00c7797428d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R078b5d7315a94788" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86ef937b19ca48ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte mit Erholungspotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DXA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>113,836</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,192</x:t>
-[...566 lines deleted...]
-          <x:t>111,925</x:t>
+          <x:t>113,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>