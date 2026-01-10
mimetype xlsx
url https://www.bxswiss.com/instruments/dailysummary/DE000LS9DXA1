--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0b80faa72d14681" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R818863c68b9a40b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86ef937b19ca48ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re663109ed280460b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R078b5d7315a94788" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86ef937b19ca48ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd14d43286cda4828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re663109ed280460b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte mit Erholungspotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DXA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,559</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>