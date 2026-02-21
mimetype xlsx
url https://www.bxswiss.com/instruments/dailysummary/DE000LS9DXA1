--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R818863c68b9a40b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce77f96b8cce45dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re663109ed280460b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5839e152d084a73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd14d43286cda4828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re663109ed280460b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcabf977139e6457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5839e152d084a73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte mit Erholungspotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DXA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>123,231</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>