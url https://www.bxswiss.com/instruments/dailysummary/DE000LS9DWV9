--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fe3b791f302414e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red3077ec60e24866" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a8e77bc220f434d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02a3ec31518c4e3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6578e41033df4ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a8e77bc220f434d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R013228abf8a949ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02a3ec31518c4e3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traditions- und Wachstumsmarken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DWV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>