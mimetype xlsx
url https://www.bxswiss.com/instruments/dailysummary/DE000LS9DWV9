--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red3077ec60e24866" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62a8061b39f14ee8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02a3ec31518c4e3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b9d1f47c0b34146"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R013228abf8a949ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02a3ec31518c4e3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1d27fbedff44812" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b9d1f47c0b34146" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traditions- und Wachstumsmarken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DWV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>157,077</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>