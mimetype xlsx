--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62a8061b39f14ee8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dbec4e091654a22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b9d1f47c0b34146"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ba857ad10bc457a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1d27fbedff44812" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b9d1f47c0b34146" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaf51a854eb748a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ba857ad10bc457a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traditions- und Wachstumsmarken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DWV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>171,135</x:t>
-[...359 lines deleted...]
-        <x:is>
           <x:t>172,136</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>