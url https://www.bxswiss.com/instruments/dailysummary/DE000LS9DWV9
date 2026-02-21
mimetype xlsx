--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dbec4e091654a22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R046eb9f1e4eb432e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ba857ad10bc457a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e6fb56371664c23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaf51a854eb748a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ba857ad10bc457a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86b6cb5a04ae4dda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e6fb56371664c23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traditions- und Wachstumsmarken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DWV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>176,618</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>