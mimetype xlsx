--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde478c3f9bc640d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0229535415854190" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61f151ee5c304265"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12fddc33981a4243"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re41381d6f23e4a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61f151ee5c304265" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2bab92cd087474d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12fddc33981a4243" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traditions-Marken mit Potenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DWR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,780</x:t>
-[...232 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>134,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,140</x:t>
-[...279 lines deleted...]
-          <x:t>135,850</x:t>
+          <x:t>133,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,187</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>