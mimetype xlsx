--- v1 (2025-10-26)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0229535415854190" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac386a711c9e4149" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12fddc33981a4243"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd193045d3b304ed9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2bab92cd087474d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12fddc33981a4243" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc10e968d5eb465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd193045d3b304ed9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traditions-Marken mit Potenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DWR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>133,187</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>