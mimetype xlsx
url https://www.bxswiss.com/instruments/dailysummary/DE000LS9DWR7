--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac386a711c9e4149" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e81caddd12f43d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd193045d3b304ed9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd48f37d58c3f4358"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc10e968d5eb465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd193045d3b304ed9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b153c77a64e49f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd48f37d58c3f4358" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traditions-Marken mit Potenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DWR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...441 lines deleted...]
-          <x:t>144,445</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,789</x:t>
+          <x:t>143,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>