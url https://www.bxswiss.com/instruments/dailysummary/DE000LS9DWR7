--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e81caddd12f43d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ef8ad4eb81c412a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd48f37d58c3f4358"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e27747bffee4300"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b153c77a64e49f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd48f37d58c3f4358" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R062864efa68d4350" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e27747bffee4300" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traditions-Marken mit Potenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DWR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,222 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>145,283</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>145,026</x:t>
-[...501 lines deleted...]
-        <x:is>
           <x:t>144,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,799</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,525</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,683</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>