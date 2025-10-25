--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdc8a5143d2b424a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R738dff00f4a04c1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63fb88259ffc4f0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6209a2c81a6e45c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R735f37955af44f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63fb88259ffc4f0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd70a5116ac784075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6209a2c81a6e45c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DWH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>116,221</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,379</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>119,744</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>