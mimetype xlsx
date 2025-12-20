--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R738dff00f4a04c1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cd85ea0a4b74d04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6209a2c81a6e45c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0260adefe4af4905"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd70a5116ac784075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6209a2c81a6e45c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R621b1ccd9e4a425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0260adefe4af4905" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DWH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>116,194</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,408</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>