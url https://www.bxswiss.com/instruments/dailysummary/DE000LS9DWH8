--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cd85ea0a4b74d04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69752577b02d49bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0260adefe4af4905"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1277e29f8c0a40da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R621b1ccd9e4a425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0260adefe4af4905" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf4b3f5864e44704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1277e29f8c0a40da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DWH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>124,680</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,340</x:t>
-[...269 lines deleted...]
-          <x:t>127,408</x:t>
+          <x:t>123,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>