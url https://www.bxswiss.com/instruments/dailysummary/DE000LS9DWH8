--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69752577b02d49bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7de337dcafc42d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1277e29f8c0a40da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c79ebfbd98c4753"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf4b3f5864e44704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1277e29f8c0a40da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83b0ace4ecd44e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c79ebfbd98c4753" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DWH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>