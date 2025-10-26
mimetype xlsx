--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd598aec855a04b5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e0442a0aaf14d22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R569268ae6cdf49aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77816a1692ab426c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9e2cc0f872c4f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R569268ae6cdf49aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfe3031d9c5c45e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77816a1692ab426c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MPINVEST_Konsumdividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DWA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,826</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>