--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e0442a0aaf14d22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b079c80a46b4b33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77816a1692ab426c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e14a921775647c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfe3031d9c5c45e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77816a1692ab426c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a7fc3573fd24d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e14a921775647c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MPINVEST_Konsumdividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DWA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>228,479</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>