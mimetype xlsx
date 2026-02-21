--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b079c80a46b4b33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c54efb80f664340" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e14a921775647c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd990b041d1064a5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a7fc3573fd24d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e14a921775647c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ac0faa747c5484a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd990b041d1064a5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MPINVEST_Konsumdividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DWA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>228,870</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>