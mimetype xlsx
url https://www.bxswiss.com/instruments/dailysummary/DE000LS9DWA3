--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c54efb80f664340" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3d6c46c05a2410e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd990b041d1064a5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcd5ac06c47d45ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ac0faa747c5484a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd990b041d1064a5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2297c0495664b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcd5ac06c47d45ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MPINVEST_Konsumdividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DWA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,306</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>