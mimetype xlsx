--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0425a18685ec41ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34c65126d58f4849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e5df8e794754557"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3022e13466b14fdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94bf7884b5ab4f75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e5df8e794754557" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b8f1a7c44d2401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3022e13466b14fdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Diversity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DVW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>