--- v1 (2025-10-31)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34c65126d58f4849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67648913c4094b9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3022e13466b14fdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3caa46aafd69400b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b8f1a7c44d2401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3022e13466b14fdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43f555bc87244669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3caa46aafd69400b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Diversity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DVW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>374,963</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>