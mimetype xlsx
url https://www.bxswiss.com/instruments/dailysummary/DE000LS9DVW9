--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67648913c4094b9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8087bf374154461f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3caa46aafd69400b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R800a54bfa6c04b79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43f555bc87244669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3caa46aafd69400b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99bf66518b3443f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R800a54bfa6c04b79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Diversity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DVW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>397,461</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>