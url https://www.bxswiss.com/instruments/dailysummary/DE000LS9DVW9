--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8087bf374154461f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e4a3d11f2ec4882" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R800a54bfa6c04b79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37043fc45ecf49ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99bf66518b3443f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R800a54bfa6c04b79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9953b293bba417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37043fc45ecf49ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Diversity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DVW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>392,184</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>389,943</x:t>
-[...119 lines deleted...]
-          <x:t>389,826</x:t>
+          <x:t>389,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,864</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,707</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>