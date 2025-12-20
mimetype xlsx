--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc8ece3e78d64b1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1176f00719f45d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb92fcd3a38014f06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25ca30d9e8e84725"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55b399111ad249cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb92fcd3a38014f06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba5d9b39c5f34e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25ca30d9e8e84725" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstärke Rangliste Deutschl.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DVV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>145,064</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>