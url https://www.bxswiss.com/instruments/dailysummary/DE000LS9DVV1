--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1176f00719f45d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7311f95dcf6d4147" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25ca30d9e8e84725"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a4015d3274b4ef8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba5d9b39c5f34e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25ca30d9e8e84725" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01fad1b01e7b4ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a4015d3274b4ef8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstärke Rangliste Deutschl.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DVV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>147,741</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,316</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>149,531</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,277</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>