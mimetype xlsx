--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7311f95dcf6d4147" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R300ac757b1734bac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a4015d3274b4ef8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cfc8b0191a644ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01fad1b01e7b4ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a4015d3274b4ef8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1cf1599a90549f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cfc8b0191a644ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstärke Rangliste Deutschl.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DVV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,620</x:t>
-[...9 lines deleted...]
-          <x:t>154,296</x:t>
+          <x:t>151,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>