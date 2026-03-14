--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R300ac757b1734bac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2966c01225a14aff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cfc8b0191a644ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44e1b7a029e44a39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1cf1599a90549f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cfc8b0191a644ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68bcc1d226254cee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44e1b7a029e44a39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstärke Rangliste Deutschl.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DVV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>