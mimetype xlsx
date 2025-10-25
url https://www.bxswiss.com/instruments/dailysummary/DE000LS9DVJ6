--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra61a4640d48840bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3faf0fe88c0049be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a569652c5c2487f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R820ced936fac40cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9500bfd55eef4468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a569652c5c2487f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54537349c4ad458e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R820ced936fac40cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Shorttimetrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DVJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,201</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +305,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>