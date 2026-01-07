--- v1 (2025-10-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3faf0fe88c0049be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R227581a1a2db48d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R820ced936fac40cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c3610b6e0464bed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54537349c4ad458e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R820ced936fac40cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56c17eaf41484a28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c3610b6e0464bed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Shorttimetrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DVJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>172,851</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,448</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>171,293</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>