--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R227581a1a2db48d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R595dfcde717b42a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c3610b6e0464bed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d13159cddce4405"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56c17eaf41484a28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c3610b6e0464bed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9be6eea3d88d41ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d13159cddce4405" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Shorttimetrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DVJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>180,538</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,379</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>