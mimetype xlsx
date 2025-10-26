--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8a3568a0e684fca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d1cbda42ab84010" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92eca5ec26674c92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R594a8d2d3d314572"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dd6b167809c4dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92eca5ec26674c92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16d8dc96c7994172" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R594a8d2d3d314572" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DUP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,478</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>