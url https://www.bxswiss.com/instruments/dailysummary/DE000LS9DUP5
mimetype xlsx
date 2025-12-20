--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d1cbda42ab84010" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38126cb7b93c47a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R594a8d2d3d314572"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re55dfd62126e4ffe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16d8dc96c7994172" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R594a8d2d3d314572" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54b636c9f0e1490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re55dfd62126e4ffe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DUP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>131,512</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,324</x:t>
-[...328 lines deleted...]
-          <x:t>133,134</x:t>
+          <x:t>131,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,324</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>