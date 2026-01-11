--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38126cb7b93c47a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7102f6709de4034" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re55dfd62126e4ffe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7eadf8c106f418b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54b636c9f0e1490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re55dfd62126e4ffe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a41d507cd154f14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7eadf8c106f418b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DUP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>