--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7102f6709de4034" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda36377d5aef47ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7eadf8c106f418b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc84a51550adf4e0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a41d507cd154f14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7eadf8c106f418b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc5f52349d35427f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc84a51550adf4e0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DUP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>145,266</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>