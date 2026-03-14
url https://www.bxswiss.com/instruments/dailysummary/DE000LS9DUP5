--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda36377d5aef47ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20ee41bd86064a04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc84a51550adf4e0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8f31ea450444f9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc5f52349d35427f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc84a51550adf4e0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7feef421f3d343b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8f31ea450444f9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DUP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>141,573</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,117</x:t>
-        </x:is>
-[...268 lines deleted...]
-          <x:t>147,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>