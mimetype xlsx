--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R135f4d2eedbf4a00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ffcf1cb96ad4f20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc0ab9ae06f0472e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re93c0426bc234b36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7da085ec07674407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc0ab9ae06f0472e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62677b0c4a284d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re93c0426bc234b36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Talfahrer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DUN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>