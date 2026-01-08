--- v1 (2025-10-26)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ffcf1cb96ad4f20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28a990f3173845f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re93c0426bc234b36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6364f2e10e449fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62677b0c4a284d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re93c0426bc234b36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R322bfe90c3054542" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6364f2e10e449fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Talfahrer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DUN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>253,237</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,328</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>