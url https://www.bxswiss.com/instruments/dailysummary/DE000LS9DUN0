--- v2 (2026-01-08)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28a990f3173845f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe4b68d479ec4469" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6364f2e10e449fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cf375dc898e49ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R322bfe90c3054542" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6364f2e10e449fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6324a144cfaf4c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cf375dc898e49ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Talfahrer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DUN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>253,328</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>