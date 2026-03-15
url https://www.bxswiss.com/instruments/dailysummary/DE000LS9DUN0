--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe4b68d479ec4469" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b0415cdaf0e43d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cf375dc898e49ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R338be14cad874c67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6324a144cfaf4c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cf375dc898e49ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aee0c5d4c83410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R338be14cad874c67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Talfahrer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DUN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>