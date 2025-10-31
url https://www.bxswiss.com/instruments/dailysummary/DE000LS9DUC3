--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re091fa14a9f14fe9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebeb6ad88ea9493f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76db3859f288440c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b597ef2fc414c5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7d6acaaf90b407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76db3859f288440c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radc2c2a7d9964abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b597ef2fc414c5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmen mit Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DUC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,510</x:t>
-[...475 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>109,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,581</x:t>
-[...36 lines deleted...]
-          <x:t>111,111</x:t>
+          <x:t>109,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>