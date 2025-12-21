--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebeb6ad88ea9493f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6fe9c7286d1413b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b597ef2fc414c5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R936476ff39ed4d21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radc2c2a7d9964abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b597ef2fc414c5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2696794776e4498d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R936476ff39ed4d21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmen mit Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DUC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>110,935</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,673</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>110,637</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>