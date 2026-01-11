--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6fe9c7286d1413b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R890964311147445e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R936476ff39ed4d21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5adf47e3f1945b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2696794776e4498d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R936476ff39ed4d21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e46957845dd43c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5adf47e3f1945b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmen mit Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DUC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,576 +149,171 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>113,072</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,474</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...204 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,123</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>