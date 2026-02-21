--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R890964311147445e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf10a1a3c60e44bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5adf47e3f1945b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03a18766c435432c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e46957845dd43c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5adf47e3f1945b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4abe08c026d8448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03a18766c435432c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmen mit Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DUC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>115,265</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>