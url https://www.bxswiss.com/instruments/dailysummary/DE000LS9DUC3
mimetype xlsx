--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf10a1a3c60e44bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f8cd1325fc44088" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03a18766c435432c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a907a5a73854e96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4abe08c026d8448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03a18766c435432c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R355cc7c96d104fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a907a5a73854e96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmen mit Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DUC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,719</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>