--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc51126a158834bec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92697d6db924dbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recbc3c55dc704712"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R451b7c10dc414de1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc58b133ca2d7408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recbc3c55dc704712" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c002e9db3e74435" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R451b7c10dc414de1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frankfurt calling</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DTN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,073</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>