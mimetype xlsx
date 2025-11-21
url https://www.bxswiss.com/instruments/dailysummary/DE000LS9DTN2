--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92697d6db924dbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8fb89ebb51144de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R451b7c10dc414de1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89a95c60980f4863"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c002e9db3e74435" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R451b7c10dc414de1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5abba40525f4a6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89a95c60980f4863" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frankfurt calling</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DTN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>229,675</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,018</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>234,078</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>