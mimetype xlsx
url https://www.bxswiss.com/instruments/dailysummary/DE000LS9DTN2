--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8fb89ebb51144de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cfd268ee3d341ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89a95c60980f4863"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8fdbabce5a74956"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5abba40525f4a6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89a95c60980f4863" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recb1ce4eebf645c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8fdbabce5a74956" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frankfurt calling</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DTN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...360 lines deleted...]
-          <x:t>232,536</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>228,899</x:t>
-[...269 lines deleted...]
-          <x:t>230,249</x:t>
+          <x:t>227,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>