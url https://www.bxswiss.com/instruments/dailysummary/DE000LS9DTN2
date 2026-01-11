--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cfd268ee3d341ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb246eb5f2e174e15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8fdbabce5a74956"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8803281a21b4b5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recb1ce4eebf645c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8fdbabce5a74956" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53ef50dd91004396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8803281a21b4b5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frankfurt calling</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DTN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,389</x:t>
@@ -764,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>