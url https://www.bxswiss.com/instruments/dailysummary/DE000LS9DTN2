--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb246eb5f2e174e15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra04c93ca414a4567" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8803281a21b4b5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bd390733a6c4e34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53ef50dd91004396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8803281a21b4b5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c2903c9a7a8483d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bd390733a6c4e34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frankfurt calling</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DTN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,633 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>233,153</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>