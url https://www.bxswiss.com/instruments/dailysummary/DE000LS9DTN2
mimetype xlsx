--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra04c93ca414a4567" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c4f1e58b8964c99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bd390733a6c4e34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0194a2a60b0e40d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c2903c9a7a8483d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bd390733a6c4e34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3f91a6c382d43b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0194a2a60b0e40d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frankfurt calling</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DTN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,415 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...363 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,539</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -751,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>