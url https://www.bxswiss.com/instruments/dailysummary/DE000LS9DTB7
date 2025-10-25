--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd57df7293be54174" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4eea5d014fa46ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08e3a54f95724518"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b7c625d3c21449c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R007b94e630c044ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08e3a54f95724518" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73a5d7917d904c72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b7c625d3c21449c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sinful Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DTB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>