--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4eea5d014fa46ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac48fd03b11c4ac4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b7c625d3c21449c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c071a8c45314216"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73a5d7917d904c72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b7c625d3c21449c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd26fc25f22b64638" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c071a8c45314216" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sinful Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DTB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>203,705</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,073</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>