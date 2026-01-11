--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac48fd03b11c4ac4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbf7d3d7d5394a61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c071a8c45314216"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafb8332eca1247a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd26fc25f22b64638" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c071a8c45314216" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98c7489416b14533" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafb8332eca1247a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sinful Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DTB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,356</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>