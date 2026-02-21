--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbf7d3d7d5394a61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10a0e1be83c94c89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafb8332eca1247a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R094aa7b3f2f94944"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98c7489416b14533" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafb8332eca1247a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceb9cd6af4e24074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R094aa7b3f2f94944" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sinful Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DTB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>209,854</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>