--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10a0e1be83c94c89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd5f900212c14799" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R094aa7b3f2f94944"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39977fa43d6f4a99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceb9cd6af4e24074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R094aa7b3f2f94944" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7542cdddebe84f1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39977fa43d6f4a99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sinful Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DTB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,183</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,137</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>