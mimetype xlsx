--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra593247990a54275" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04ddcdf30b394ccc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa6e43cba8344a4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9deae9c1e6f4ad2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd029a1c23004042" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa6e43cba8344a4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a0ccaca0c4f43f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9deae9c1e6f4ad2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie Ausbruch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DSJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>208,873</x:t>
-[...116 lines deleted...]
-        <x:is>
           <x:t>208,904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,189</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>