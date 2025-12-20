--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04ddcdf30b394ccc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0556193448d140f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9deae9c1e6f4ad2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae36170a3208424e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a0ccaca0c4f43f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9deae9c1e6f4ad2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9bd0e4507704e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae36170a3208424e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie Ausbruch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DSJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>206,658</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,189</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>208,628</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>