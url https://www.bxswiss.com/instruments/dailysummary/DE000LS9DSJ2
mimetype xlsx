--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0556193448d140f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra365905f629846e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae36170a3208424e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc9d746c6ca14175"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9bd0e4507704e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae36170a3208424e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcabc05ba15b4d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc9d746c6ca14175" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie Ausbruch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DSJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>208,787</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>208,613</x:t>
-[...458 lines deleted...]
-          <x:t>208,020</x:t>
+          <x:t>207,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>