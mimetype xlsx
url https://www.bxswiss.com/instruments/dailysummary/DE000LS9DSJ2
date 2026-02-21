--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra365905f629846e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R187935e475b245e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc9d746c6ca14175"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ba3610164e74722"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcabc05ba15b4d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc9d746c6ca14175" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61027aeaaea64f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ba3610164e74722" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie Ausbruch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DSJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>210,382</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,502</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>