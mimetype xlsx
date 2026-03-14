--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R187935e475b245e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda154196f00947f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ba3610164e74722"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e08939b20e84dd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61027aeaaea64f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ba3610164e74722" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf26fddbe8f5d4797" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e08939b20e84dd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie Ausbruch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DSJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,378</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>