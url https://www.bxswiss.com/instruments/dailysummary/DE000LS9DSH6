--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b58d11ddf9f426e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30d8f61c17a349a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3f34197aefa4c60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1550d7926a334ef6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e36eac7878a4a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3f34197aefa4c60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc3fdff3dad64306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1550d7926a334ef6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dreamtea</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DSH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...608 lines deleted...]
-          <x:t>236,863</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,933</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>240,949</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>