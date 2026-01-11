--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30d8f61c17a349a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99e7bead42af4b48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1550d7926a334ef6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93e0ef8ba7f44015"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc3fdff3dad64306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1550d7926a334ef6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf341a14c274a4095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93e0ef8ba7f44015" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dreamtea</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DSH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>231,351</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>230,833</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>230,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>