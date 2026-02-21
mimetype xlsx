--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99e7bead42af4b48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39b0321dd63140ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93e0ef8ba7f44015"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R402df898970b48d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf341a14c274a4095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93e0ef8ba7f44015" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8739f5fb09244c0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R402df898970b48d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dreamtea</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DSH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>237,749</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>