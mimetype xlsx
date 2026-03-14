--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39b0321dd63140ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93847a6835284af4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R402df898970b48d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b874828991f4133"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8739f5fb09244c0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R402df898970b48d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27e29d2eedaa4983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b874828991f4133" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dreamtea</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DSH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,361</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>