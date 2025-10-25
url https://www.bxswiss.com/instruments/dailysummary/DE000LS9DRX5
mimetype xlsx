--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aa0c087de2545bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94e3d05a008d4cf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra66984232ecd4437"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9745a9742354c29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6f9b0bc49f145b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra66984232ecd4437" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13c35be41d8847a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9745a9742354c29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cashflow Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>178,331</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>177,908</x:t>
-[...237 lines deleted...]
-          <x:t>181,823</x:t>
+          <x:t>179,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,886</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>182,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>