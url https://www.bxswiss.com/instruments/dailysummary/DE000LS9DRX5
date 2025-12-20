--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94e3d05a008d4cf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R027b46222c514d22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9745a9742354c29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5573ba3fd2ed4288"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13c35be41d8847a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9745a9742354c29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6b661a463e2427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5573ba3fd2ed4288" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cashflow Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>181,437</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>