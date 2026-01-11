--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R027b46222c514d22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7003e0e9c8b4011" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5573ba3fd2ed4288"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd3f141ee86f4efc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6b661a463e2427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5573ba3fd2ed4288" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f5444a3cac2476c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd3f141ee86f4efc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cashflow Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,603 +149,171 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>173,146</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,691</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...285 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,533</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,414</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>