--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7003e0e9c8b4011" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0810ec0cc6074e58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd3f141ee86f4efc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9fa643b61494896"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f5444a3cac2476c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd3f141ee86f4efc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R594f96992e534373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9fa643b61494896" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cashflow Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,606 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>177,414</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>