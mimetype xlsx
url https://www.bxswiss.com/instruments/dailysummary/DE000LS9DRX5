--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0810ec0cc6074e58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6161d559edf641df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9fa643b61494896"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6ef0924dcf54648"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R594f96992e534373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9fa643b61494896" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c9f564723bf474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6ef0924dcf54648" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cashflow Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,606 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...271 lines deleted...]
-          <x:t>164,687</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,132</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>163,677</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>163,449</x:t>
-[...80 lines deleted...]
-          <x:t>164,712</x:t>
+          <x:t>163,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,197</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>