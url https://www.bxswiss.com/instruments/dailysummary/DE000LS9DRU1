--- v0 (2025-10-07)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf44357adb32b4a14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1b4cec0c7dc4adc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e0e764ab8da4b84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R078057f80e144348"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce7035d07b4f44bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e0e764ab8da4b84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R273a5e0c6c634b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R078057f80e144348" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AKTIEN ONLY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>45,662</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>