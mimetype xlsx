--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1b4cec0c7dc4adc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e110ba880ae46c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R078057f80e144348"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd6b3f4dcedd4313"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R273a5e0c6c634b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R078057f80e144348" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde9231a4ab444615" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd6b3f4dcedd4313" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AKTIEN ONLY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,524</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>