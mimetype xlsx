--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e110ba880ae46c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R759e0ecc91c64f8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd6b3f4dcedd4313"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3de2cb8f1e0142f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde9231a4ab444615" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd6b3f4dcedd4313" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4e83f3b08794bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3de2cb8f1e0142f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AKTIEN ONLY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>41,128</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,694</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>