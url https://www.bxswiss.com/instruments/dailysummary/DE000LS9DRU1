--- v3 (2026-02-21)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R759e0ecc91c64f8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R369a13dd69fb4a17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3de2cb8f1e0142f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8dd4841f12149c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4e83f3b08794bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3de2cb8f1e0142f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R649cdd4b7e1d4e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8dd4841f12149c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AKTIEN ONLY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...409 lines deleted...]
-          <x:t>37,398</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,966</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>36,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,899</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,858</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>