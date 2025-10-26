--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra447199a471d46a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f77d0c551e24225" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R129d4bdb4d6b4c02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53cf659127674983"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e8db5c57d0c4014" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R129d4bdb4d6b4c02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R855e06f1250f4381" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53cf659127674983" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Share Trader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>148,535</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,707</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...235 lines deleted...]
-          <x:t>150,271</x:t>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,228</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>