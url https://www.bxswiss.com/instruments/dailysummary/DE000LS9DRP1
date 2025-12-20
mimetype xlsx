--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f77d0c551e24225" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recfcad870a584ae9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53cf659127674983"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb00dce2c92c04f50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R855e06f1250f4381" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53cf659127674983" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcddb957ccd245c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb00dce2c92c04f50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Share Trader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>151,228</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>