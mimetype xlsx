--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recfcad870a584ae9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re420697bc2454939" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb00dce2c92c04f50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12661d28d69041c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcddb957ccd245c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb00dce2c92c04f50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7341b618dbb1426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12661d28d69041c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Share Trader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>142,203</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,830</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>140,835</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>