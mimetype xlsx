--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re420697bc2454939" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R914be92b5d6b45d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12661d28d69041c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R490235e38c1846c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7341b618dbb1426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12661d28d69041c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R794c225c7e8a40e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R490235e38c1846c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Share Trader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>144,291</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>