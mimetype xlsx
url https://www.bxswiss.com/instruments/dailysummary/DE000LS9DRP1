--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R914be92b5d6b45d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R551ef6a88a344ed2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R490235e38c1846c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6413713887b4d26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R794c225c7e8a40e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R490235e38c1846c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R003acd0051f94b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6413713887b4d26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Share Trader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>