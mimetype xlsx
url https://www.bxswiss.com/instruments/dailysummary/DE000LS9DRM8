--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R495ac7ec81024775" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4568ef88d7b4e83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfedaa491b3147f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8abf54c4f98402d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2e4555076d44049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfedaa491b3147f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51e71c6a762947cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8abf54c4f98402d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bergsteiger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,582</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>181,785</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>