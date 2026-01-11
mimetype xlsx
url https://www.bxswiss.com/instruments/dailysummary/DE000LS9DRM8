--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4568ef88d7b4e83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9818aea73d804aa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8abf54c4f98402d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc3cb8454d0c4955"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51e71c6a762947cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8abf54c4f98402d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6472cf18ab35451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc3cb8454d0c4955" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bergsteiger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...431 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>179,877</x:t>
-[...171 lines deleted...]
-          <x:t>180,515</x:t>
+          <x:t>179,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,544</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>