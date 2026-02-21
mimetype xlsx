--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9818aea73d804aa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refba3cc9a409415f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc3cb8454d0c4955"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9a6fb3c05954f9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6472cf18ab35451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc3cb8454d0c4955" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R091025d41d3648c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9a6fb3c05954f9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bergsteiger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>181,544</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>