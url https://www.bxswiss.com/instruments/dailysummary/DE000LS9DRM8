--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refba3cc9a409415f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e4e2d021adf4d1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9a6fb3c05954f9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb184acfd58c44ef8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R091025d41d3648c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9a6fb3c05954f9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb49330569a0d450d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb184acfd58c44ef8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bergsteiger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,772</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>