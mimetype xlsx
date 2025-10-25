--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R790b90ecbb1e4ce1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R299c742d76fb4902" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R791073ede5c243d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd4087649f1c47c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84a5029f8a5844cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R791073ede5c243d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb04fb96deb594466" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd4087649f1c47c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starke Überzeugungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,625</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,088</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>