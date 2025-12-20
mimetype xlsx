--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R299c742d76fb4902" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34bafbc78aa2499e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd4087649f1c47c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9e0190832a34715"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb04fb96deb594466" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd4087649f1c47c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddf16a56d76b46ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9e0190832a34715" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starke Überzeugungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>118,088</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>