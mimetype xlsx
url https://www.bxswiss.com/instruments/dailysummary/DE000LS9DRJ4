--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34bafbc78aa2499e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b28f27f0f9b493a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9e0190832a34715"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refeea910ddd04e9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddf16a56d76b46ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9e0190832a34715" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf05b2a5e333a4bd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refeea910ddd04e9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starke Überzeugungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,162</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>