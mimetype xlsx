--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b28f27f0f9b493a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebc9360868684586" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refeea910ddd04e9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c098908d6b74e81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf05b2a5e333a4bd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refeea910ddd04e9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb67ca8b1e874aa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c098908d6b74e81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starke Überzeugungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,986</x:t>
-[...21 lines deleted...]
-          <x:t>120,526</x:t>
+          <x:t>120,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,839</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>122,315</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>