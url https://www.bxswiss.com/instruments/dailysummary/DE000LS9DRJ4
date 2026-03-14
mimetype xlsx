--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebc9360868684586" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06f0e51688bb4b41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c098908d6b74e81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff91db5b625b478f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb67ca8b1e874aa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c098908d6b74e81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6b164f1b89c4eaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff91db5b625b478f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starke Überzeugungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>