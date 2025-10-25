--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2f61d47825b4fc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R353da9596194485e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3ccc845cea144e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R162413bfa9b84b86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16e90865e8df448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3ccc845cea144e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66567b8987a6462e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R162413bfa9b84b86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Giganten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,627 +149,222 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>457,023</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>457,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>455,104</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>462,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>456,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>462,150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>465,703</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>467,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>468,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>465,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>467,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>