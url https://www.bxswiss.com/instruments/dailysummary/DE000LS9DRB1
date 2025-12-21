--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R353da9596194485e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0880c55f0994b5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R162413bfa9b84b86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refef44afa93e4196"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66567b8987a6462e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R162413bfa9b84b86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34a06ea5acd2421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refef44afa93e4196" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Giganten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>475,619</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>