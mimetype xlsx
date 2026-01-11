--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0880c55f0994b5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58c66d07d4e94776" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refef44afa93e4196"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ff3184c0e1e4548"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34a06ea5acd2421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refef44afa93e4196" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e2977420474152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ff3184c0e1e4548" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Giganten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>462,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>464,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>462,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>464,495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>450,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>455,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>449,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>454,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>