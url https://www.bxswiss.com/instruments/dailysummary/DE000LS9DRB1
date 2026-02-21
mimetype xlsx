--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58c66d07d4e94776" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2add4ad114784126" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ff3184c0e1e4548"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08096d5013e74efe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e2977420474152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ff3184c0e1e4548" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bea46ce2a454ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08096d5013e74efe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Giganten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>464,674</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>