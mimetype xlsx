--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2add4ad114784126" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R445cf32941454779" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08096d5013e74efe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89be1f93afb7454e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bea46ce2a454ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08096d5013e74efe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7d118fdbf2e4bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89be1f93afb7454e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Giganten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>425,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>428,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>427,796</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>421,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>426,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>419,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>424,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>