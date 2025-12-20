--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeb4954beaea47d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c1b8b996ae4429d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re863f78bd252436b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb57781691b20419f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01668de84e46488f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re863f78bd252436b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18da6abd4e9a4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb57781691b20419f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Zukunft des Internets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.003,474</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>962,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>948,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>971,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>970,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>998,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.000,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.001,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>991,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>983,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.006,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.007,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>988,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.018,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.052,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.075,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.051,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.140,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.138,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.140,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.158,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.126,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.139,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.107,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.113,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.061,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>