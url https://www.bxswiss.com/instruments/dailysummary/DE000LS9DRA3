--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c1b8b996ae4429d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5490c6124a184946" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb57781691b20419f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0045aae09314265"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18da6abd4e9a4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb57781691b20419f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05ddac02e78d4782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0045aae09314265" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Zukunft des Internets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.170,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.180,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.158,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.168,640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.069,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.103,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.066,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.098,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.114,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.105,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.114,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.126,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.110,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.114,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.145,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.151,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,258</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>