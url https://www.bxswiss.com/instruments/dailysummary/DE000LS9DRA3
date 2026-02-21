--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5490c6124a184946" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f9b1087f67541ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0045aae09314265"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36461db06d024447"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05ddac02e78d4782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0045aae09314265" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra76a5ab54df74cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36461db06d024447" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Zukunft des Internets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DRA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.198,258</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.240,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.231,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.234,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.164,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.139,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.158,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.153,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.106,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.154,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.148,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.141,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.153,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.154,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.140,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.157,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.154,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.154,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.153,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.154,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.159,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.164,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,182</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>