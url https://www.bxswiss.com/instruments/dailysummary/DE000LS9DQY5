--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra93a9e2f7cfc4813" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9701775ad4324b03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cc81dc56e144512"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80d199f235444106"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1336e6ae34e4e04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cc81dc56e144512" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4813d541e25401d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80d199f235444106" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valuestrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DQY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>