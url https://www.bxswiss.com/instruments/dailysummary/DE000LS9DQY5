--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9701775ad4324b03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R311e0c1f461741ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80d199f235444106"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9ee1fa5397347c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4813d541e25401d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80d199f235444106" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf9ff37ff6f04706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9ee1fa5397347c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valuestrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DQY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,577</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>