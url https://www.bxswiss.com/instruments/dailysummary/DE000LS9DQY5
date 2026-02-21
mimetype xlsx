--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R311e0c1f461741ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45678e4d2af34537" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9ee1fa5397347c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6454ccda28d425f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf9ff37ff6f04706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9ee1fa5397347c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f3f537df9da4b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6454ccda28d425f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valuestrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DQY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>142,577</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>