--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45678e4d2af34537" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1994249d10d54996" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6454ccda28d425f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R509fd373db3c43a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f3f537df9da4b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6454ccda28d425f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f4f142ec9e44d15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R509fd373db3c43a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valuestrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DQY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,116</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>