--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8110b094aaa47db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red0b1ecd45e04dec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c8135d61a214d14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5171d23d4fc40b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07043a93afdd4795" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c8135d61a214d14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaa714d84bfd40db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5171d23d4fc40b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE 30 ohne Finanzdienstleister</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DQN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...608 lines deleted...]
-          <x:t>147,439</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,114</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>149,772</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>