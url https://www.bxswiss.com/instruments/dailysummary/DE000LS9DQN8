--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red0b1ecd45e04dec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d499be8db2a492b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5171d23d4fc40b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0467d45f253d4ac2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaa714d84bfd40db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5171d23d4fc40b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcac5d3b091414b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0467d45f253d4ac2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE 30 ohne Finanzdienstleister</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DQN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,119</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>