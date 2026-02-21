--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d499be8db2a492b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d3e7bc7114a4b5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0467d45f253d4ac2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86c6d3297ade4cf4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcac5d3b091414b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0467d45f253d4ac2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7432a9ecb0d4c38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86c6d3297ade4cf4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE 30 ohne Finanzdienstleister</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DQN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>150,640</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,381</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>156,363</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,178</x:t>
-[...26 lines deleted...]
-          <x:t>157,672</x:t>
+          <x:t>153,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>