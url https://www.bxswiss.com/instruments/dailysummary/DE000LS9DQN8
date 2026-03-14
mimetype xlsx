--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d3e7bc7114a4b5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e01295b72ad453c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86c6d3297ade4cf4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ae6fd1d4c75472a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7432a9ecb0d4c38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86c6d3297ade4cf4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rface07cf119e4d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ae6fd1d4c75472a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE 30 ohne Finanzdienstleister</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9DQN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,083</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>